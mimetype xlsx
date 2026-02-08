--- v0 (2025-12-08)
+++ v1 (2026-02-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Reporte de Guia de Remision" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>REPORTE DE GUIA DE REMISION EMITIDOS</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>CLIENTE</t>
   </si>
   <si>
     <t>DNI / RUC DE CLIENTE</t>
   </si>
   <si>
     <t>N°  BOLETA / FACTURA</t>
   </si>
   <si>
     <t>FECHA DE TRASLADO</t>
   </si>
   <si>
     <t>N° GUIA REMISION</t>
   </si>
   <si>
     <t>DIRECCION DE PARTIDA</t>
   </si>
   <si>
@@ -198,50 +198,59 @@
     <t>FF01-7047</t>
   </si>
   <si>
     <t>2025-04-29</t>
   </si>
   <si>
     <t>TT01-14</t>
   </si>
   <si>
     <t>FF01-8247</t>
   </si>
   <si>
     <t>2025-10-22</t>
   </si>
   <si>
     <t>TT01-15</t>
   </si>
   <si>
     <t>FF01-8306</t>
   </si>
   <si>
     <t>2025-10-29</t>
   </si>
   <si>
     <t>TT01-16</t>
+  </si>
+  <si>
+    <t>FF01-8703</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>TT01-17</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -594,54 +603,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M15"/>
+  <dimension ref="A1:M16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="M15" sqref="M15"/>
+      <selection activeCell="M16" sqref="M16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="80" customWidth="true" style="0"/>
     <col min="8" max="8" width="80" customWidth="true" style="0"/>
     <col min="9" max="9" width="80" customWidth="true" style="0"/>
     <col min="10" max="10" width="35" customWidth="true" style="0"/>
     <col min="11" max="11" width="35" customWidth="true" style="0"/>
     <col min="12" max="12" width="35" customWidth="true" style="0"/>
     <col min="13" max="13" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
@@ -1205,50 +1214,91 @@
       <c r="E15" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>61</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="J15" s="3">
         <v>20490775995</v>
       </c>
       <c r="K15" s="3">
         <v>24713462</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M15" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13">
+      <c r="A16" s="3">
+        <v>14</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C16" s="3">
+        <v>20199873378</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H16" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="J16" s="3">
+        <v>20490775995</v>
+      </c>
+      <c r="K16" s="3">
+        <v>24713462</v>
+      </c>
+      <c r="L16" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M16" s="3" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>